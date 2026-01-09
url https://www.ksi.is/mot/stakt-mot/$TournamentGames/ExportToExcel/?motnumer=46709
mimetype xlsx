--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -533,71 +533,71 @@
         <v>7</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45082.65625</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45084.7291666667</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45084.7291666667</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45084.7708333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45085.7291666667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>20</v>
@@ -995,71 +995,71 @@
         <v>5</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>45159.71875</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>45159.7708333333</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>45159.7708333333</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>45160.59375</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>45163.625</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>19</v>