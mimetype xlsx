--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -45,77 +45,77 @@
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Vivaldivöllurinn</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>Nettóhöllin</t>
   </si>
   <si>
     <t>ÍA/Skallagrímur</t>
   </si>
   <si>
     <t>Valur</t>
   </si>
   <si>
     <t>Akraneshöllin</t>
   </si>
   <si>
+    <t>ÍR</t>
+  </si>
+  <si>
+    <t>Þróttur R.</t>
+  </si>
+  <si>
+    <t>ÍR-völlur</t>
+  </si>
+  <si>
+    <t>Leiknir R.</t>
+  </si>
+  <si>
+    <t>Tindastóll/KHF</t>
+  </si>
+  <si>
+    <t>Domusnovavöllurinn</t>
+  </si>
+  <si>
     <t>FH</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Skessan</t>
   </si>
   <si>
-    <t>ÍR</t>
-[...16 lines deleted...]
-  <si>
     <t>Selfoss</t>
   </si>
   <si>
     <t>Afturelding</t>
   </si>
   <si>
     <t>JÁVERK-völlurinn</t>
   </si>
   <si>
     <t>Fram</t>
   </si>
   <si>
     <t>Njarðvík</t>
   </si>
   <si>
     <t>Framvöllur</t>
   </si>
   <si>
     <t>Völsungur</t>
   </si>
   <si>
     <t>KF/Dalvík</t>
   </si>
   <si>
     <t>PCC völlurinn Húsavík</t>
@@ -147,54 +147,54 @@
   <si>
     <t>Fjölnisvöllur - Gervigras</t>
   </si>
   <si>
     <t>Greifavöllurinn</t>
   </si>
   <si>
     <t>Haukar</t>
   </si>
   <si>
     <t>Fylkir</t>
   </si>
   <si>
     <t>Ásvellir</t>
   </si>
   <si>
     <t>Nettóhöllin-gervigras</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
   <si>
+    <t>Samsungvöllurinn</t>
+  </si>
+  <si>
     <t>Kórinn - Gervigras</t>
-  </si>
-[...1 lines deleted...]
-    <t>Samsungvöllurinn</t>
   </si>
   <si>
     <t>Þór</t>
   </si>
   <si>
     <t>Fylkisvöllur</t>
   </si>
   <si>
     <t>Valsvöllur</t>
   </si>
   <si>
     <t>Fífan</t>
   </si>
   <si>
     <t>Kópavogsvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
@@ -492,127 +492,127 @@
         <v>45</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45087.4375</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45087.5</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45087.5</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45088.7083333333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45117.7083333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45117.7083333333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>45152.5625</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45158.5833333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45172.4583333333</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>