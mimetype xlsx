--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -895,71 +895,71 @@
         <v>11</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>45166.7708333333</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>45168.7916666667</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>45168.7916666667</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>45169.75</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>45170.6041666667</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>