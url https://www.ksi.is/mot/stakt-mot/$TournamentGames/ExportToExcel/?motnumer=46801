--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -51,57 +51,57 @@
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Kórinn - Gervigras</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>Skessan</t>
   </si>
   <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>Miðgarður</t>
   </si>
   <si>
+    <t>Fífan</t>
+  </si>
+  <si>
     <t>Þór</t>
   </si>
   <si>
     <t>Fylkisvöllur</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fífan</t>
   </si>
   <si>
     <t>Norðurálsvöllurinn</t>
   </si>
   <si>
     <t>Víkingsvöllur</t>
   </si>
   <si>
     <t>Safamýri</t>
   </si>
   <si>
     <t>Kórinn</t>
   </si>
   <si>
     <t>Boginn</t>
   </si>
   <si>
     <t>Stjörnuvöllur</t>
   </si>
   <si>
     <t>Þórsvöllur</t>
   </si>
   <si>
     <t>Kórinn - Íþróttahús</t>
   </si>
@@ -241,96 +241,96 @@
         <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>45056.7916666667</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>45059.6875</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C6" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="0" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>45059.6875</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>45060.5555555556</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>45060.625</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>45063.65625</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>45064.4791666667</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>7</v>
@@ -339,191 +339,191 @@
         <v>4</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45064.5416666667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45064.7708333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45071.7916666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45074.6666666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45078.7777777778</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45078.7916666667</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45079.6527777778</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45081.5208333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45083.7916666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45084.7291666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45086.4583333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45091.7083333333</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>45091.7638888889</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45092.6180555556</v>
@@ -563,233 +563,233 @@
         <v>7</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45099.6388888889</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45099.7083333333</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>45099.7916666667</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>45103.7291666667</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>45104.7083333333</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>45105.7916666667</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>45110.7916666667</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>45111.6180555556</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>45113.5625</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>45113.7916666667</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>45113.7916666667</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>45120.6388888889</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>45120.7916666667</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>45149.6180555556</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>45149.7916666667</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>45150.4791666667</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>45152.75</v>
@@ -807,73 +807,73 @@
     <row r="45">
       <c r="A45" s="2">
         <v>45155.5972222222</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>45155.6666666667</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>45155.8125</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>45158.7916666667</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>45160.6180555556</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>45161.7916666667</v>
@@ -888,105 +888,105 @@
         <v>19</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>45162.7916666667</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>45164.6875</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>45165.5208333333</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>45165.6041666667</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>45168.7291666667</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>45168.7916666667</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>45173.6666666667</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>