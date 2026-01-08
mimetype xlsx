--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -336,155 +336,155 @@
         <v>16</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45071.6666666667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45071.71875</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45071.71875</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45071.71875</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45073.5625</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45077.6666666667</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45077.6875</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45078.71875</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45078.71875</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45080.5416666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45085.6458333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>4</v>
@@ -658,169 +658,169 @@
         <v>21</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>45105.6770833333</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>45105.71875</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>45105.71875</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>45110.71875</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>45110.71875</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>45110.71875</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>45110.71875</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>45152.5416666667</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>45152.625</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>45152.625</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>45152.6770833333</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>45152.71875</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>4</v>
@@ -896,80 +896,80 @@
         <v>4</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>45160.71875</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>45162.71875</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>45162.71875</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>45162.71875</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>45167.6770833333</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>