--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -277,52 +277,52 @@
         <v>7</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>45261.8125</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45265.7708333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45265.7708333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>