--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -18,63 +18,63 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Test" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
-    <t>Hlíðaskóli</t>
+    <t>Réttarholtsskóli</t>
   </si>
   <si>
-    <t>Laugalækjarskóli</t>
+    <t>Álftamýrarskóli</t>
   </si>
   <si>
     <t>Egilshöll</t>
   </si>
   <si>
-    <t>Réttarholtsskóli</t>
+    <t>Hlíðaskóli</t>
   </si>
   <si>
-    <t>Álftamýrarskóli</t>
+    <t>Laugalækjarskóli</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -147,38 +147,38 @@
         <v>5</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
         <v>45198.6805555556</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>45198.7083333333</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>