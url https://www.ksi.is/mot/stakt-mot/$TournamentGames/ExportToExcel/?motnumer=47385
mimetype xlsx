--- v0 (2025-10-18)
+++ v1 (2025-12-05)
@@ -980,85 +980,85 @@
         <v>13</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>45461.75</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>45461.8020833333</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>45461.8020833333</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>45461.8020833333</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>45461.84375</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>45462.8020833333</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>7</v>
@@ -1106,71 +1106,71 @@
         <v>17</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
         <v>45466.7083333333</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2">
         <v>45466.8020833333</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2">
         <v>45466.8020833333</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2">
         <v>45470.75</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2">
         <v>45470.8020833333</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>16</v>