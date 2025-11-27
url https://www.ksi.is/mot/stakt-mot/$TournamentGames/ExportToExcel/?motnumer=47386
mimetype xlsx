--- v0 (2025-10-06)
+++ v1 (2025-11-27)
@@ -287,111 +287,111 @@
         <v>7</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45930.8680555556</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
-        <v>45941.7916666667</v>
+        <v>45945.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
-        <v>45941.7916666667</v>
+        <v>45945.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
-        <v>45941.8263888889</v>
+        <v>45945.8680555556</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
-        <v>45941.8263888889</v>
+        <v>45945.8680555556</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
-        <v>45941.8611111111</v>
+        <v>45945.9027777778</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
-        <v>45941.8611111111</v>
+        <v>45945.9027777778</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>