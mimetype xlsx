--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -339,71 +339,71 @@
         <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45353.5625</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45354.375</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45354.375</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45360.375</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45367.375</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>