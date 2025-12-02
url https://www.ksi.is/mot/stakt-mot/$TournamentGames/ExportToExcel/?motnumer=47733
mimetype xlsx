--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -45,111 +45,111 @@
   <si>
     <t>Einherji</t>
   </si>
   <si>
     <t>Dalvíkurvöllur</t>
   </si>
   <si>
     <t>Haukar</t>
   </si>
   <si>
     <t>ÍR</t>
   </si>
   <si>
     <t>BIRTU völlurinn</t>
   </si>
   <si>
     <t>Fjölnir</t>
   </si>
   <si>
     <t>Sindri</t>
   </si>
   <si>
     <t>Egilshöll</t>
   </si>
   <si>
+    <t>Njarðvík</t>
+  </si>
+  <si>
+    <t>ÍH</t>
+  </si>
+  <si>
+    <t>Nettóhöllin-gervigras</t>
+  </si>
+  <si>
     <t>Völsungur</t>
   </si>
   <si>
     <t>FHL</t>
   </si>
   <si>
     <t>PCC völlurinn Húsavík</t>
   </si>
   <si>
-    <t>Njarðvík</t>
-[...5 lines deleted...]
-    <t>Nettóhöllin-gervigras</t>
+    <t>Augnablik</t>
+  </si>
+  <si>
+    <t>Fram</t>
+  </si>
+  <si>
+    <t>Kópavogsvöllur</t>
   </si>
   <si>
     <t>Smári</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Fagrilundur - gervigras</t>
   </si>
   <si>
-    <t>Augnablik</t>
-[...7 lines deleted...]
-  <si>
     <t>KR</t>
   </si>
   <si>
     <t>Álftanes</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
   <si>
+    <t>ÍA</t>
+  </si>
+  <si>
+    <t>Selfoss</t>
+  </si>
+  <si>
+    <t>Akraneshöllin</t>
+  </si>
+  <si>
     <t>Afturelding</t>
   </si>
   <si>
     <t>KH</t>
   </si>
   <si>
     <t>Malbikstöðin að Varmá</t>
-  </si>
-[...7 lines deleted...]
-    <t>Akraneshöllin</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Grótta</t>
   </si>
   <si>
     <t>Kórinn</t>
   </si>
   <si>
     <t>Lambhagavöllurinn</t>
   </si>
   <si>
     <t>Greifavöllurinn</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>Hásteinsvöllur</t>
   </si>
   <si>
     <t>Víkingsvöllur</t>
   </si>
@@ -440,194 +440,194 @@
         <v>35</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45412.7291666667</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45413.5</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45413.5625</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45413.5833333333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45413.5833333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45413.6666666667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45430.5</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45430.5833333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45430.5833333333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45431.5833333333</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45431.5833333333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>45431.6041666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45431.6666666667</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45431.8125</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>55</v>
@@ -636,85 +636,85 @@
         <v>56</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45454.71875</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45454.8020833333</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45454.8020833333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>45454.8333333333</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>45471.8229166667</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>45472.5416666667</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>52</v>