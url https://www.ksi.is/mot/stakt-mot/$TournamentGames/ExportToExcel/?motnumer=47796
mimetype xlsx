--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -491,71 +491,71 @@
         <v>7</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45410.4583333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45410.5833333333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45410.5833333333</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45411.7916666667</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45413.625</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>17</v>