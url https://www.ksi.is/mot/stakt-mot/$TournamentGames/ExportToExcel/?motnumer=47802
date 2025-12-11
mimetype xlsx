--- v0 (2025-10-21)
+++ v1 (2025-12-11)
@@ -54,54 +54,54 @@
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Kórinn - Gervigras</t>
   </si>
   <si>
     <t>Haukar</t>
   </si>
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>BIRTU völlurinn</t>
   </si>
   <si>
     <t>Keflavík/Reynir/Víðir</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Nettóhöllin</t>
   </si>
   <si>
+    <t>KR-völlur</t>
+  </si>
+  <si>
     <t>Leikv. óákveðinn</t>
-  </si>
-[...1 lines deleted...]
-    <t>KR-völlur</t>
   </si>
   <si>
     <t>Malbikstöðin að Varmá</t>
   </si>
   <si>
     <t>Samsungvöllurinn</t>
   </si>
   <si>
     <t>Kórinn</t>
   </si>
   <si>
     <t>Nettóhöllin-gervigras</t>
   </si>
   <si>
     <t>Miðgarður</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
@@ -217,85 +217,85 @@
         <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>45357.75</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>45362.75</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>45362.75</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>45362.75</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>45362.8333333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>45369.7916666667</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>14</v>
@@ -349,93 +349,93 @@
     <row r="14">
       <c r="A14" s="2">
         <v>45388.5833333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45388.5833333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45391.8333333333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45392.8333333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45395.5416666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45395.6666666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45395.6666666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>4</v>
@@ -517,60 +517,60 @@
     <row r="26">
       <c r="A26" s="2">
         <v>45408.7916666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45408.8125</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45410.5833333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45410.5833333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>