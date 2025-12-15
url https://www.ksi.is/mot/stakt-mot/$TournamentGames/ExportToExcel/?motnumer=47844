--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -81,54 +81,54 @@
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Valsvöllur</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
   <si>
     <t>Miðgarður</t>
   </si>
   <si>
     <t>Víkingsvöllur</t>
   </si>
   <si>
     <t>Malbikstöðin að Varmá</t>
   </si>
   <si>
+    <t>ÍR-völlur</t>
+  </si>
+  <si>
     <t>Stjörnuvöllur</t>
-  </si>
-[...1 lines deleted...]
-    <t>ÍR-völlur</t>
   </si>
   <si>
     <t>Kórinn</t>
   </si>
   <si>
     <t>Boginn</t>
   </si>
   <si>
     <t>Tungubakkavöllur</t>
   </si>
   <si>
     <t>Kórinn - Gervigras</t>
   </si>
   <si>
     <t>Þórsvöllur</t>
   </si>
   <si>
     <t>Kórinn - Grasvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -345,127 +345,127 @@
         <v>4</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45428.6458333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45429.625</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45429.625</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45430.6666666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45434.625</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45434.6666666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45434.6666666667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45437.375</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45437.6875</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>11</v>
@@ -533,51 +533,51 @@
     <row r="25">
       <c r="A25" s="2">
         <v>45441.6666666667</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45444.6458333333</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45445.3958333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45445.4583333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>14</v>
@@ -673,51 +673,51 @@
     <row r="35">
       <c r="A35" s="2">
         <v>45455.625</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>45457.5833333333</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>45457.6041666667</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>45461.5833333333</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>16</v>
@@ -919,183 +919,183 @@
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>45518.5833333333</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>45518.625</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>45518.625</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>45518.625</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>45520.625</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>45522.5625</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>45523.625</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>45523.625</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>45523.625</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>45527.6666666667</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>45527.6666666667</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>45528.4166666667</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>45528.5416666667</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>4</v>