--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -184,180 +184,180 @@
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>45432.5277777778</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>45432.6041666667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>45432.6041666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>45459.5416666667</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>45459.5416666667</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>45459.6041666667</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>45459.6041666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45459.6666666667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45459.6666666667</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45467.5416666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45467.5416666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45467.6111111111</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45467.6111111111</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>4</v>
@@ -408,68 +408,68 @@
         <v>4</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45520.5416666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45520.6111111111</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45520.6111111111</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>45520.6805555556</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45520.6805555556</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>4</v>