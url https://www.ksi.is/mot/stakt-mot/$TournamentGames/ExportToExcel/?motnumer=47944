--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -45,57 +45,57 @@
   <si>
     <t>Fjölnir</t>
   </si>
   <si>
     <t>Miðgarður</t>
   </si>
   <si>
     <t>Þróttur R. 2</t>
   </si>
   <si>
     <t>Valur/KH</t>
   </si>
   <si>
     <t>Þróttheimar</t>
   </si>
   <si>
     <t>KF/Dalvík</t>
   </si>
   <si>
     <t>Völsungur</t>
   </si>
   <si>
     <t>Dalvíkurvöllur</t>
   </si>
   <si>
+    <t>Haukar/KÁ</t>
+  </si>
+  <si>
+    <t>Ásvellir</t>
+  </si>
+  <si>
     <t>Valsvöllur</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ásvellir</t>
   </si>
   <si>
     <t>Fram/ÍR</t>
   </si>
   <si>
     <t>Fjölnisvöllur</t>
   </si>
   <si>
     <t>OnePlus völlurinn</t>
   </si>
   <si>
     <t>PCC völlurinn Húsavík</t>
   </si>
   <si>
     <t>Framvöllur</t>
   </si>
   <si>
     <t>Fjölnisvöllur - Gervigras</t>
   </si>
   <si>
     <t>BIRTU völlurinn</t>
   </si>
   <si>
     <t>Þróttarvöllur</t>
   </si>
@@ -212,127 +212,127 @@
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>45518.7083333333</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>45520.7083333333</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>45520.7083333333</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>45520.8333333333</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>45524.7083333333</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>45528.7083333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>45529.4583333333</v>
       </c>
       <c r="B10" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>45535.4166666667</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45535.5833333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>4</v>
@@ -355,51 +355,51 @@
         <v>12</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45540.7916666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45542.625</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45542.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45543.5416666667</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>16</v>
@@ -408,93 +408,93 @@
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45543.6666666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45547.7916666667</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45549.6666666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45554.7083333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45554.7083333333</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45556.625</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>45556.7916666667</v>
@@ -551,35 +551,35 @@
         <v>25</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45563.6458333333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45564.625</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>