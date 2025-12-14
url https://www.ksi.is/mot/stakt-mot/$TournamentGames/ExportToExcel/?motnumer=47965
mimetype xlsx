--- v0 (2025-11-04)
+++ v1 (2025-12-14)
@@ -57,54 +57,54 @@
   <si>
     <t>Lambhagavöllurinn</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>Þróttheimar</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>Breiðablik 2</t>
   </si>
   <si>
     <t>Nettóhöllin</t>
   </si>
   <si>
     <t>Víkin</t>
   </si>
   <si>
+    <t>Valsvöllur</t>
+  </si>
+  <si>
     <t>Fagrilundur - gervigras</t>
-  </si>
-[...1 lines deleted...]
-    <t>Valsvöllur</t>
   </si>
   <si>
     <t>Skessan</t>
   </si>
   <si>
     <t>Fagrilundur</t>
   </si>
   <si>
     <t>Nettóhöllin-gervigras</t>
   </si>
   <si>
     <t>Víkingsvöllur</t>
   </si>
   <si>
     <t>Tungubakkavöllur</t>
   </si>
   <si>
     <t>N1-völlurinn Hlíðarenda</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -251,68 +251,68 @@
         <v>7</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>45421.4930555556</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>45421.5625</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>45421.5625</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>45428.7291666667</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>45428.8333333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>10</v>
@@ -341,149 +341,149 @@
     <row r="13">
       <c r="A13" s="2">
         <v>45430.5208333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45436.7291666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45438.4791666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45438.8055555556</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45442.7291666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45442.7291666667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45442.7291666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45444.5208333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45446.7291666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45447.7291666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45447.7291666667</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>7</v>
@@ -537,51 +537,51 @@
     <row r="27">
       <c r="A27" s="2">
         <v>45455.7291666667</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45461.5972222222</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45463.5972222222</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>45464.7291666667</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>10</v>
@@ -663,93 +663,93 @@
     <row r="36">
       <c r="A36" s="2">
         <v>45474.7916666667</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>45477.6388888889</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>45481.5972222222</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>45481.6041666667</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>45484.5972222222</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>45484.6875</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>45512.7291666667</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>4</v>
@@ -789,79 +789,79 @@
     <row r="45">
       <c r="A45" s="2">
         <v>45515.5625</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>45519.5972222222</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>45519.7291666667</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>45519.7430555556</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>45525.7222222222</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>45525.7291666667</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>10</v>
@@ -901,51 +901,51 @@
     <row r="53">
       <c r="A53" s="2">
         <v>45530.7291666667</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>45532.7291666667</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>45532.7291666667</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>45532.7291666667</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>11</v>