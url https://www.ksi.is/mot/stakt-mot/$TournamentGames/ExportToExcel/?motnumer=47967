--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -377,71 +377,71 @@
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45438.75</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45442.7916666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45442.7916666667</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45443.6666666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45443.7916666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>14</v>
@@ -615,71 +615,71 @@
         <v>11</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>45470.6527777778</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>45470.75</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>45470.75</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>45474.7083333333</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>45477.5833333333</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>13</v>
@@ -909,66 +909,66 @@
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>45532.6666666667</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>45532.7916666667</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>45532.7916666667</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>45532.7916666667</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>