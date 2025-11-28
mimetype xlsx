--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -369,113 +369,113 @@
         <v>14</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45438.5</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45444.5416666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45444.5416666667</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45445.625</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45447.6666666667</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45447.6666666667</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45451.5833333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45452.5</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>14</v>
@@ -677,71 +677,71 @@
         <v>13</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>45475.5833333333</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>45478.6666666667</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>45478.6666666667</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>45485.625</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>45513.6666666667</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>7</v>