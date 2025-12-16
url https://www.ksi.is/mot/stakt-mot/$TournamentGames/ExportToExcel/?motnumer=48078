--- v0 (2025-10-15)
+++ v1 (2025-12-16)
@@ -753,71 +753,71 @@
         <v>19</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>45462.625</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>45462.6770833333</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>45462.6770833333</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>45466.5416666667</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>45468.5520833333</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>21</v>
@@ -865,99 +865,99 @@
         <v>5</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>45469.6770833333</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>45518.6770833333</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>45518.6770833333</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>45518.6770833333</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>45518.6770833333</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>45518.7083333333</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>45519.6770833333</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>18</v>
@@ -1033,85 +1033,85 @@
         <v>16</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>45525.71875</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>45527.71875</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>45527.71875</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>45527.71875</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>45529.5104166667</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
         <v>45529.59375</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>7</v>