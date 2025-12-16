--- v0 (2025-10-15)
+++ v1 (2025-12-16)
@@ -734,71 +734,71 @@
         <v>16</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>45461.6354166667</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>45461.6770833333</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>45461.6770833333</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>45465.625</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>45465.78125</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>19</v>
@@ -832,71 +832,71 @@
         <v>7</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>45469.6354166667</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>45469.6770833333</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>45469.6770833333</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>45470.625</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>45470.6770833333</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>11</v>
@@ -944,71 +944,71 @@
         <v>10</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>45518.6770833333</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>45518.6770833333</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>45518.6770833333</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>45520.6770833333</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>45523.6770833333</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>11</v>