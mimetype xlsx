--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -54,54 +54,54 @@
   <si>
     <t>Þýskaland</t>
   </si>
   <si>
     <t>Oberösterreich Arena</t>
   </si>
   <si>
     <t>Stadion Miejski w Gdyni</t>
   </si>
   <si>
     <t>Tivoli</t>
   </si>
   <si>
     <t>Josko Arena Ried</t>
   </si>
   <si>
     <t>Ostseestadion</t>
   </si>
   <si>
     <t>Laugardalsvöllur</t>
   </si>
   <si>
     <t>Cashpoint-Arena</t>
   </si>
   <si>
+    <t>Leikið erlendis</t>
+  </si>
+  <si>
     <t>Zaglebiowski Park Sportowy</t>
-  </si>
-[...1 lines deleted...]
-    <t>Leikið erlendis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -286,52 +286,52 @@
         <v>5</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>45485.6770833333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45489.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45489.7083333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>