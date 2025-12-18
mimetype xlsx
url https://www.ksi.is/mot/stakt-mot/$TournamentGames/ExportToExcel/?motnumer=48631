--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -629,66 +629,66 @@
         <v>5</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>45771.625</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>45774.4583333333</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>45774.4583333333</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>45774.4583333333</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>