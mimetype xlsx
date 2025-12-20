--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -511,66 +511,66 @@
         <v>16</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45753.5</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45774.5</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45774.5</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45774.5</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>