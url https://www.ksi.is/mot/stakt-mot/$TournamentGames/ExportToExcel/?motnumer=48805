--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -407,66 +407,66 @@
         <v>11</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45697.75</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45710.5416666667</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45710.5416666667</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45714.8333333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>