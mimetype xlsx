--- v0 (2025-11-02)
+++ v1 (2025-12-21)
@@ -443,71 +443,71 @@
         <v>17</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45690.5</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45690.5416666667</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45690.5416666667</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45690.6041666667</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45697.65625</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>25</v>
@@ -583,71 +583,71 @@
         <v>4</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45704.625</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>45717.5</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>45717.5</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>45717.5416666667</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>45717.5625</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>7</v>
@@ -681,85 +681,85 @@
         <v>10</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>45742.7708333333</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>45746.5416666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>45746.5416666667</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>45746.5416666667</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>45746.625</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>45746.625</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>4</v>
@@ -807,99 +807,99 @@
         <v>11</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>45758.7708333333</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>45760.4583333333</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>45760.4583333333</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>45760.5416666667</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>45760.5416666667</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>45773.5416666667</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>45773.5416666667</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>16</v>
@@ -933,66 +933,66 @@
         <v>4</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>45773.7708333333</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>45774.5416666667</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>45774.5416666667</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>45781.5416666667</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>