--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -544,52 +544,52 @@
         <v>11</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45774.4305555556</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>45774.5972222222</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>45774.5972222222</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>