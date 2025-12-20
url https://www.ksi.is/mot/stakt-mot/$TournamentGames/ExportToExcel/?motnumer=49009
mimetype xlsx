--- v0 (2025-11-02)
+++ v1 (2025-12-20)
@@ -332,85 +332,85 @@
         <v>4</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45724.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45725.4583333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45725.4583333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45725.4583333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45725.5833333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45739.4583333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
@@ -430,141 +430,141 @@
         <v>7</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45745.5416666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45752.4583333333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45752.4583333333</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45752.6458333333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>45753.5</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45759.4583333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45773.4583333333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45773.4583333333</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>4</v>
+        <v>22</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45773.5</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>45773.6666666667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>7</v>