--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -63,57 +63,57 @@
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>Nettóhöllin-gervigras</t>
   </si>
   <si>
     <t>Breiðablik 3</t>
   </si>
   <si>
     <t>HK 2</t>
   </si>
   <si>
     <t>Fagrilundur - gervigras</t>
   </si>
   <si>
     <t>Stjarnan 2</t>
   </si>
   <si>
     <t>Stjörnuvöllur</t>
   </si>
   <si>
     <t>Kórinn</t>
   </si>
   <si>
+    <t>Skessan</t>
+  </si>
+  <si>
     <t>Hamar/Ægir</t>
   </si>
   <si>
     <t>Leikv. óákveðinn</t>
-  </si>
-[...1 lines deleted...]
-    <t>Skessan</t>
   </si>
   <si>
     <t>Grýluvöllur</t>
   </si>
   <si>
     <t>OnePlus völlurinn</t>
   </si>
   <si>
     <t>Herjólfshöllin</t>
   </si>
   <si>
     <t>Selfossvöllur</t>
   </si>
   <si>
     <t>Afturelding</t>
   </si>
   <si>
     <t>Nettóhöllin</t>
   </si>
   <si>
     <t>Knatthús Hauka</t>
   </si>
   <si>
     <t>Hamarshöllin</t>
   </si>
@@ -272,110 +272,110 @@
         <v>5</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>45617.6319444444</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>45619.4583333333</v>
       </c>
       <c r="B8" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" s="0" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>45619.4583333333</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>45626.4583333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>45634.4166666667</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45634.5</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45635.6875</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45640.6041666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>13</v>
@@ -412,166 +412,166 @@
         <v>14</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45690.5</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45690.5208333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45690.6666666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45694.6666666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45696.375</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45697.5</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45697.5</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>45697.5</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45703.4791666667</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45703.5</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45704.5</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45711.4513888889</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>10</v>
@@ -600,90 +600,90 @@
     <row r="30">
       <c r="A30" s="2">
         <v>45718.3958333333</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>45732.53125</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>45739.5</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>45739.5</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>45739.5416666667</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>45746.5</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>45752.4270833333</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>16</v>
@@ -720,110 +720,110 @@
         <v>4</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>45753.4583333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>45753.5</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>45756.6875</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>45773.5</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>45773.5</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>45773.5833333333</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>45774.5416666667</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>45774.5416666667</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>14</v>