--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -184,71 +184,71 @@
         <v>7</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>45885.6666666667</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>45891.75</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>45891.75</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>45897.75</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>45900.6666666667</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>7</v>
@@ -268,52 +268,52 @@
         <v>5</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>45907.6666666667</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45912.7083333333</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45912.7083333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>