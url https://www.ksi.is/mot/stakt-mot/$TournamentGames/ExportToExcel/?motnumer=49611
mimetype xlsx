--- v0 (2025-11-05)
+++ v1 (2025-12-14)
@@ -45,75 +45,75 @@
   <si>
     <t>Þór/THK/Völs/Magni</t>
   </si>
   <si>
     <t>ÍR-völlur</t>
   </si>
   <si>
     <t>Njarðvík</t>
   </si>
   <si>
     <t>Fjölnir/Vængir</t>
   </si>
   <si>
     <t>Nettóhöllin-gervigras</t>
   </si>
   <si>
     <t>HK/Ýmir</t>
   </si>
   <si>
     <t>Keflavík/Reynir/Hafnir</t>
   </si>
   <si>
     <t>Kórinn - Gervigras</t>
   </si>
   <si>
+    <t>Haukar/KÁ</t>
+  </si>
+  <si>
+    <t>Leiknir R.</t>
+  </si>
+  <si>
+    <t>BIRTU völlurinn</t>
+  </si>
+  <si>
+    <t>Grótta/Kría</t>
+  </si>
+  <si>
+    <t>ÍBV/KFS</t>
+  </si>
+  <si>
+    <t>Valhúsavöllur</t>
+  </si>
+  <si>
     <t>Valur/KH/Fálkar</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Valsvöllur</t>
-  </si>
-[...16 lines deleted...]
-    <t>Valhúsavöllur</t>
   </si>
   <si>
     <t>Fylkir/Elliði</t>
   </si>
   <si>
     <t>Afturelding/Hvíti/Álaf</t>
   </si>
   <si>
     <t>Fylkisvöllur</t>
   </si>
   <si>
     <t>Fram/Úlfarnir</t>
   </si>
   <si>
     <t>KFR</t>
   </si>
   <si>
     <t>Lambhagavöllurinn</t>
   </si>
   <si>
     <t>Þróttur/SR</t>
   </si>
   <si>
     <t>Breiðablik/Augnablik</t>
   </si>
@@ -402,110 +402,110 @@
         <v>32</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45820.7708333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45821.7083333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45821.7083333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45821.75</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45822.5625</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45822.5833333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45823.5416666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45824.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>31</v>
@@ -528,94 +528,94 @@
         <v>10</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45860.75</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45860.8125</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45860.8333333333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>45885.5416666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45885.5416666667</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45918.75</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>