--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -338,71 +338,71 @@
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45822.5833333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45823.5833333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45823.5833333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45826.7916666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45832.6875</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>13</v>