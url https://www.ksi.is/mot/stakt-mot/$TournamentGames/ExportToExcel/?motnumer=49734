--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -78,66 +78,66 @@
   <si>
     <t>Völsungur</t>
   </si>
   <si>
     <t>Austurland</t>
   </si>
   <si>
     <t>PCC völlurinn Húsavík</t>
   </si>
   <si>
     <t>Þór/KA/KF/Dalvík</t>
   </si>
   <si>
     <t>Knatthús Hauka</t>
   </si>
   <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>ÍA/Snæfellsnes</t>
   </si>
   <si>
     <t>Víkingsvöllur</t>
   </si>
   <si>
+    <t>FH/ÍH</t>
+  </si>
+  <si>
+    <t>Valsvöllur</t>
+  </si>
+  <si>
     <t>tekk VÖLLURINN</t>
   </si>
   <si>
     <t>Þróttur/KÞ</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>Þróttheimar</t>
-  </si>
-[...4 lines deleted...]
-    <t>Valsvöllur</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
   <si>
     <t>Selfoss</t>
   </si>
   <si>
     <t>Stjarnan/Álftanes</t>
   </si>
   <si>
     <t>JÁVERK-völlurinn</t>
   </si>
   <si>
     <t>Breiðablik/Augn/Smári</t>
   </si>
   <si>
     <t>Smárinn</t>
   </si>
@@ -313,79 +313,79 @@
         <v>19</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>45828.7916666667</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>45829.5</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>45829.5</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C10" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>45829.5</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45829.5416666667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45830.6354166667</v>
@@ -411,108 +411,108 @@
         <v>36</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45854.7916666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45856.625</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45856.75</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45867.7916666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>45888.7916666667</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>45888.8125</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45934.5833333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>