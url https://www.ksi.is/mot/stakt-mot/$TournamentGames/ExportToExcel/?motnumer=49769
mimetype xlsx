--- v0 (2025-10-31)
+++ v1 (2025-12-14)
@@ -27,66 +27,66 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>ÍR</t>
   </si>
   <si>
     <t>Njarðvík</t>
   </si>
   <si>
     <t>ÍR-völlur</t>
   </si>
   <si>
+    <t>Fjölnir</t>
+  </si>
+  <si>
+    <t>Austurland</t>
+  </si>
+  <si>
+    <t>Fjölnisvöllur - Gervigras</t>
+  </si>
+  <si>
     <t>Grótta</t>
   </si>
   <si>
     <t>FH 2</t>
   </si>
   <si>
     <t>Vivaldivöllurinn</t>
-  </si>
-[...7 lines deleted...]
-    <t>Fjölnisvöllur - Gervigras</t>
   </si>
   <si>
     <t>Nettóhöllin-gervigras</t>
   </si>
   <si>
     <t>Fellavöllur</t>
   </si>
   <si>
     <t>Skessan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
@@ -185,189 +185,189 @@
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>45778.5416666667</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>45785.6666666667</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>45792.6666666667</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>45794.4583333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>45794.5</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>45798.8125</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>45799.6666666667</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>45801.6666666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45802.5</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45806.4583333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45806.5416666667</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45808.5416666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45808.6041666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>