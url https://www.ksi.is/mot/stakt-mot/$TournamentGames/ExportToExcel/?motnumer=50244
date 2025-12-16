--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -322,71 +322,71 @@
         <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>45795.5416666667</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45797.6666666667</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45797.6666666667</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45797.6666666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45797.71875</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>11</v>
@@ -462,71 +462,71 @@
         <v>14</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45808.5729166667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45813.6666666667</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45813.6666666667</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>45813.6666666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45814.625</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>4</v>
@@ -658,141 +658,141 @@
         <v>4</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>45838.5833333333</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>45838.625</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>45838.625</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>45838.625</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>45838.625</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>6</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>45845.5416666667</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>45881.625</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>45881.625</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>45881.6666666667</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>45882.625</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>16</v>
@@ -812,85 +812,85 @@
         <v>7</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>45888.6354166667</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>45888.6666666667</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>45888.6666666667</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>45888.6666666667</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>45888.71875</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>45893.59375</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>4</v>