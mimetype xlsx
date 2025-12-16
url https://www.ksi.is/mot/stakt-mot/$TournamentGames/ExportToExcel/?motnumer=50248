--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -78,57 +78,57 @@
   <si>
     <t>Grótta</t>
   </si>
   <si>
     <t>Afturelding</t>
   </si>
   <si>
     <t>Vivaldivöllurinn</t>
   </si>
   <si>
     <t>Þór</t>
   </si>
   <si>
     <t>Boginn</t>
   </si>
   <si>
     <t>KA</t>
   </si>
   <si>
     <t>Greifavöllurinn</t>
   </si>
   <si>
     <t>Skessan</t>
   </si>
   <si>
+    <t>Nettóhöllin-gervigras</t>
+  </si>
+  <si>
+    <t>Fylkisvöllur</t>
+  </si>
+  <si>
     <t>Kórinn - Gervigras</t>
-  </si>
-[...4 lines deleted...]
-    <t>Nettóhöllin-gervigras</t>
   </si>
   <si>
     <t>Nettóhöllin</t>
   </si>
   <si>
     <t>Tungubakkavöllur</t>
   </si>
   <si>
     <t>Versalavöllur</t>
   </si>
   <si>
     <t>Nesfisk-völlurinn</t>
   </si>
   <si>
     <t>Valhúsavöllur</t>
   </si>
   <si>
     <t>tekk VÖLLURINN</t>
   </si>
   <si>
     <t>Miðgarður</t>
   </si>
   <si>
     <t>Þórsvöllur</t>
   </si>
@@ -312,141 +312,141 @@
         <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>45788.4479166667</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>45790.71875</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>45790.71875</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>45790.71875</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45794.65625</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45794.6770833333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45795.46875</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45795.46875</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45795.5520833333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45797.71875</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
@@ -752,191 +752,191 @@
     <row r="40">
       <c r="A40" s="2">
         <v>45832.59375</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>45832.6770833333</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>45838.5833333333</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>45838.6770833333</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>45838.6770833333</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>45838.6770833333</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>45838.6770833333</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>45845.6354166667</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>45881.6770833333</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>45881.6770833333</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>45881.6770833333</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>45881.6770833333</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>45882.59375</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>45883.6770833333</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>13</v>
@@ -962,79 +962,79 @@
     <row r="55">
       <c r="A55" s="2">
         <v>45887.71875</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>45888.6770833333</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>45888.71875</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>45888.71875</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>45888.7326388889</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>45890.5833333333</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>