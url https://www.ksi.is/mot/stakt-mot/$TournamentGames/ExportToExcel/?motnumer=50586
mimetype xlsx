--- v0 (2025-10-13)
+++ v1 (2025-11-27)
@@ -4,80 +4,83 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Test" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>Fram</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>Lambhagavöllurinn</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>ÍA/Víkingur Ó 2</t>
   </si>
   <si>
     <t>Smárinn</t>
+  </si>
+  <si>
+    <t>Kópavogsvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -147,32 +150,41 @@
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
         <v>45942.625</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
-        <v>45948.5833333333</v>
+        <v>45945.7916666667</v>
+      </c>
+      <c r="B4" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="0" t="s">
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>