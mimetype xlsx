--- v0 (2025-10-06)
+++ v1 (2025-11-27)
@@ -4,83 +4,80 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Test" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Grótta</t>
   </si>
   <si>
     <t>Þróttheimar</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>Vivaldivöllurinn</t>
-  </si>
-[...1 lines deleted...]
-    <t>KR-völlur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -290,111 +287,111 @@
         <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>45944.8333333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
-        <v>45958.8333333333</v>
+        <v>45958.7916666667</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
-        <v>45958.8333333333</v>
+        <v>45958.7916666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
-        <v>45958.8541666667</v>
+        <v>45958.8125</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
-        <v>45958.8541666667</v>
+        <v>45958.8125</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
-        <v>45958.875</v>
+        <v>45958.8333333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
-        <v>45958.875</v>
+        <v>45958.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>