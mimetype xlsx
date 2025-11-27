--- v0 (2025-10-06)
+++ v1 (2025-11-27)
@@ -113,69 +113,69 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921787261963" customWidth="1"/>
     <col min="2" max="2" width="9.4294376373291" customWidth="1"/>
     <col min="3" max="3" width="9.1767406463623" customWidth="1"/>
     <col min="4" max="4" width="13.9687786102295" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45966</v>
+        <v>45966.4583333333</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
-        <v>45969</v>
+        <v>45969.5416666667</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
-        <v>45972</v>
+        <v>45972.4583333333</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>