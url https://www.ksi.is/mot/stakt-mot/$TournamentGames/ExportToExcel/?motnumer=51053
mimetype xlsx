--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -36,51 +36,51 @@
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>Afturelding</t>
   </si>
   <si>
     <t>Breiðablik/Augn/Smári 2</t>
   </si>
   <si>
     <t>Malbikstöðin að Varmá</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>Stjarnan/Álftanes 2</t>
   </si>
   <si>
     <t>Vestmannaeyjavöllur</t>
   </si>
   <si>
-    <t>HTH völlurinn</t>
+    <t>Samsungvöllurinn</t>
   </si>
   <si>
     <t>Smárinn</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -153,79 +153,79 @@
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
         <v>45977.625</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
-        <v>45991.5833333333</v>
+        <v>45990.5416666667</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
-        <v>45991.6666666667</v>
+        <v>45991.5833333333</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
-        <v>46004.6666666667</v>
+        <v>46005.5416666667</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>46005.6666666667</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>6</v>
       </c>
     </row>