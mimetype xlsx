--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -18,72 +18,72 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Test" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
-    <t>ÍA/Víkingur Ó 2</t>
+    <t>ÍA 2</t>
   </si>
   <si>
     <t>Njarðvík 2</t>
   </si>
   <si>
     <t>Akraneshöllin</t>
   </si>
   <si>
+    <t>Keflavík 3</t>
+  </si>
+  <si>
+    <t>Nettóhöllin</t>
+  </si>
+  <si>
     <t>Selfoss 2</t>
   </si>
   <si>
-    <t>JÁVERK-völlurinn</t>
-[...7 lines deleted...]
-  <si>
     <t>Nettóhöllin-gervigras</t>
+  </si>
+  <si>
+    <t>Reykjaneshöllin</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -104,132 +104,132 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921787261963" customWidth="1"/>
-    <col min="2" max="2" width="14.7688159942627" customWidth="1"/>
-    <col min="3" max="3" width="14.7688159942627" customWidth="1"/>
+    <col min="2" max="2" width="10.274489402771" customWidth="1"/>
+    <col min="3" max="3" width="10.274489402771" customWidth="1"/>
     <col min="4" max="4" width="19.9731483459473" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
         <v>45974.8333333333</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
-        <v>45977.5416666667</v>
+        <v>45977.7708333333</v>
       </c>
       <c r="B3" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="0" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
-        <v>45977.7708333333</v>
+        <v>45984.6458333333</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
-        <v>45990.75</v>
+        <v>45990.7708333333</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
-        <v>45991.6875</v>
+        <v>45997.625</v>
       </c>
       <c r="B6" s="0" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>9</v>
       </c>
-      <c r="C6" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
-        <v>46005.5416666667</v>
+        <v>46004.6666666667</v>
       </c>
       <c r="B7" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" s="0" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>