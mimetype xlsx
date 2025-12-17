--- v0 (2025-10-27)
+++ v1 (2025-12-17)
@@ -142,51 +142,51 @@
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
         <v>45969.5555555556</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
-        <v>45970.4722222222</v>
+        <v>45970.5972222222</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>45983.6180555556</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
     </row>