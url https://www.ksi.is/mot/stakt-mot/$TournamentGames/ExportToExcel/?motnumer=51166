--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -39,51 +39,51 @@
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Skessan</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Fagrilundur - gervigras</t>
   </si>
   <si>
     <t>Miðgarður</t>
   </si>
   <si>
-    <t>Kórinn - Gervigras</t>
+    <t>Kórinn</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>