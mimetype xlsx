--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -190,80 +190,80 @@
         <v>4</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>45976.5833333333</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>45990.5416666667</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
-        <v>45990.5416666667</v>
+        <v>45990.6666666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>46004.5416666667</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
-        <v>46004.5416666667</v>
+        <v>46005.4583333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>