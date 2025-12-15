--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -116,51 +116,51 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921787261963" customWidth="1"/>
     <col min="2" max="2" width="12.6879014968872" customWidth="1"/>
     <col min="3" max="3" width="16.5049571990967" customWidth="1"/>
     <col min="4" max="4" width="11.1850185394287" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45976.6666666667</v>
+        <v>45983.6666666667</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
         <v>45990.6666666667</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>6</v>
       </c>
     </row>