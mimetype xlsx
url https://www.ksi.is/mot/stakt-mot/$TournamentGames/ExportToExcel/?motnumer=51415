--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -125,111 +125,111 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921787261963" customWidth="1"/>
     <col min="2" max="2" width="10.8484287261963" customWidth="1"/>
     <col min="3" max="3" width="10.8484287261963" customWidth="1"/>
     <col min="4" max="4" width="12.590708732605" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45977.5416666667</v>
+        <v>45976.4479166667</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
         <v>45977.5416666667</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
-        <v>45990.5416666667</v>
+        <v>45990.4166666667</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>45990.5416666667</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
-        <v>46004.5416666667</v>
+        <v>46004.4583333333</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
-        <v>46004.5416666667</v>
+        <v>46004.4791666667</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>