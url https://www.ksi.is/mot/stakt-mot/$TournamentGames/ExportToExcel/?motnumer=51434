--- v0 (2025-10-27)
+++ v1 (2025-12-17)
@@ -125,51 +125,51 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.6921787261963" customWidth="1"/>
     <col min="2" max="2" width="12.4300889968872" customWidth="1"/>
     <col min="3" max="3" width="12.4300889968872" customWidth="1"/>
     <col min="4" max="4" width="19.6099605560303" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
-        <v>45969.4583333333</v>
+        <v>45967.625</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
         <v>45970.5416666667</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
@@ -181,55 +181,55 @@
         <v>7</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>45983.5833333333</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
-        <v>45997.4166666667</v>
+        <v>45995.625</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
-        <v>45998.4166666667</v>
+        <v>45997.4166666667</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>