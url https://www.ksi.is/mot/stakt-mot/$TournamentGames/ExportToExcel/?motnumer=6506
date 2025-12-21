--- v0 (2025-11-02)
+++ v1 (2025-12-21)
@@ -449,71 +449,71 @@
         <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>38092.75</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>38092.75</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>38092.75</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>38094.6458333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>38097.7916666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
@@ -561,141 +561,141 @@
         <v>11</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>38101.6666666667</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>38106.75</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>38106.75</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>38106.75</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>38106.75</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>38106.7916666667</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>38120.7291666667</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>38120.7291666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>38120.7916666667</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>38120.8541666667</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
@@ -715,94 +715,94 @@
         <v>14</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>38123.5</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>38126.75</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>38126.75</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>38126.75</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>38126.75</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>38126.75</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>