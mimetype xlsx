--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -54,68 +54,68 @@
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Egilshöll</t>
   </si>
   <si>
     <t>ÍR</t>
   </si>
   <si>
     <t>Selfoss</t>
   </si>
   <si>
     <t>ÍR-völlur</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>Valur</t>
   </si>
   <si>
     <t>Þróttarvöllur</t>
   </si>
   <si>
+    <t>Víðir/Reynir</t>
+  </si>
+  <si>
+    <t>HSH</t>
+  </si>
+  <si>
+    <t>Garðsvöllur</t>
+  </si>
+  <si>
     <t>Leiknir R.</t>
   </si>
   <si>
     <t>Njarðvík</t>
   </si>
   <si>
     <t>Leiknisvöllur</t>
   </si>
   <si>
-    <t>Víðir/Reynir</t>
-[...7 lines deleted...]
-  <si>
     <t>Afturelding</t>
   </si>
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>Varmárvöllur</t>
   </si>
   <si>
     <t>Skallagrímur</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>Skallagrímsvöllur</t>
   </si>
   <si>
     <t>Fjölnir</t>
   </si>
   <si>
     <t>Hamar</t>
   </si>
   <si>
     <t>Fjölnisvöllur</t>
@@ -138,66 +138,66 @@
   <si>
     <t>Kaplakrikavöllur</t>
   </si>
   <si>
     <t>KFR/Ægir</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Þorlákshafnarvöllur</t>
   </si>
   <si>
     <t>ÍA</t>
   </si>
   <si>
     <t>Grótta</t>
   </si>
   <si>
     <t>Akranesvöllur</t>
   </si>
   <si>
     <t>Fram</t>
   </si>
   <si>
+    <t>Ólafsvíkurvöllur</t>
+  </si>
+  <si>
+    <t>Hlíðarendi</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>KR-völlur</t>
+  </si>
+  <si>
     <t>Ásvellir</t>
   </si>
   <si>
-    <t>Ólafsvíkurvöllur</t>
-[...4 lines deleted...]
-  <si>
     <t>ÍBV</t>
-  </si>
-[...4 lines deleted...]
-    <t>KR-völlur</t>
   </si>
   <si>
     <t>Grindavíkurvöllur</t>
   </si>
   <si>
     <t>Fífan</t>
   </si>
   <si>
     <t>Grundarfjarðarvöllur</t>
   </si>
   <si>
     <t>Fylkisvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -450,220 +450,220 @@
         <v>41</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>38166.71875</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>38166.71875</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>38166.8333333333</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>38166.8333333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>38166.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>38166.8333333333</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>47</v>
+        <v>7</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>38166.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>38167.8333333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>38179.6666666667</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>38180.8333333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>38180.8333333333</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>38180.8333333333</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>38192.5833333333</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>38196.75</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>38232.7291666667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>