--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -27,60 +27,60 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>Skotland</t>
   </si>
   <si>
     <t>Svíþjóð</t>
   </si>
   <si>
     <t>Leikið erlendis</t>
   </si>
   <si>
+    <t>Finnland</t>
+  </si>
+  <si>
+    <t>Færeyjar</t>
+  </si>
+  <si>
     <t>Noregur</t>
   </si>
   <si>
     <t>England</t>
-  </si>
-[...4 lines deleted...]
-    <t>Færeyjar</t>
   </si>
   <si>
     <t>Ísland</t>
   </si>
   <si>
     <t>Danmörk</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>